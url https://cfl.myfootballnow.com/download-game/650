--- v0 (2025-12-16)
+++ v1 (2026-02-18)
@@ -395,51 +395,51 @@
   <si>
     <t>#66 Leonard Williams - DT</t>
   </si>
   <si>
     <t>#94 Jarred Reed - DT</t>
   </si>
   <si>
     <t>#96 William Robinson - RDE</t>
   </si>
   <si>
     <t>#56 Antonio Mondor - SLB</t>
   </si>
   <si>
     <t>#53 Nathan Cobb - MLB</t>
   </si>
   <si>
     <t>#59 Hector Jones - WLB</t>
   </si>
   <si>
     <t>#25 Richard Sherman - CB</t>
   </si>
   <si>
     <t>#20 Jeff Westra - CB</t>
   </si>
   <si>
-    <t>#26 Adam Martinez - SS</t>
+    <t>#21 Adam Martinez - SS</t>
   </si>
   <si>
     <t>#30 Jake Adams - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>LAC 30</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-LAC 30 (14:14) 20-Henry Latta ran to LAC 41 for 10 yards. Tackle by 26-Adam Martinez.</t>
   </si>
   <si>
     <t>#17 Ronald Cantu - WR</t>
   </si>
   <si>
     <t>#91 Joseph Oppenheimer - SLB</t>
   </si>
@@ -635,51 +635,51 @@
   <si>
     <t>#91 George Busse - LDE</t>
   </si>
   <si>
     <t>#98 Gary Sandusky - DT</t>
   </si>
   <si>
     <t>#90 Carlos Nunnery - RDE</t>
   </si>
   <si>
     <t>#56 Patrick Edwards - WLB</t>
   </si>
   <si>
     <t>#50 Jeff Moore - MLB</t>
   </si>
   <si>
     <t>#57 Daniel Chang - SLB</t>
   </si>
   <si>
     <t>#35 Brian Yopp - CB</t>
   </si>
   <si>
     <t>#37 Steve Murphy - CB</t>
   </si>
   <si>
-    <t>#49 John Horn - SS</t>
+    <t>#33 John Horn - SS</t>
   </si>
   <si>
     <t>#40 Stephen Kelly - FS</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>SEA 27</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-8-SEA 27 (10:20) 8-Anthony Bowman pass complete to 18-Billy Alvarado to SEA 36 for 8 yards. Tackle by 37-Steve Murphy. PENALTY - Pass Interference (LAC 37-Steve Murphy) (Declined)</t>
   </si>
   <si>
     <t>#18 Billy Alvarado - WR</t>
   </si>
   <si>
     <t>#72 Donald Hartley - DT</t>
   </si>
@@ -704,51 +704,51 @@
   <si>
     <t>#88 Thomas Skaggs - WR</t>
   </si>
   <si>
     <t>#16 Richard Edge - WR</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>SEA 42</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-4-SEA 42 (9:40) 9-Kenneth Walker ran to LAC 43 for 15 yards. Tackle by 36-David Zinke.</t>
   </si>
   <si>
     <t>#19 Albert Flickinger - WR</t>
   </si>
   <si>
-    <t>#33 David Zinke - CB</t>
+    <t>#25 David Zinke - CB</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-LAC 43 (9:04) 8-Anthony Bowman pass Pass knocked down by 41-Robert Alexander. incomplete, intended for 89-Alex Slade.</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-10-LAC 43 (9:00) 32-Elmer Johnson ran to LAC 36 for 7 yards. Tackle by 30-Joseph Lowery.</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>LAC 36</t>
   </si>