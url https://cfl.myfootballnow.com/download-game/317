--- v0 (2025-12-16)
+++ v1 (2026-02-18)
@@ -311,51 +311,51 @@
   <si>
     <t>#46 Morgan Jones - CB</t>
   </si>
   <si>
     <t>#31 Shawn Vaughan - FS</t>
   </si>
   <si>
     <t>#97 Aaron Jordan - RDE</t>
   </si>
   <si>
     <t>#25 Richard Sherman - CB</t>
   </si>
   <si>
     <t>#59 Freddy Young - MLB</t>
   </si>
   <si>
     <t>#91 Joseph Oppenheimer - SLB</t>
   </si>
   <si>
     <t>#29 Jason Stokes - CB</t>
   </si>
   <si>
     <t>#54 Luis Schooler - SLB</t>
   </si>
   <si>
-    <t>#26 Adam Martinez - SS</t>
+    <t>#21 Adam Martinez - SS</t>
   </si>
   <si>
     <t>#5 Walter Nosal - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 25 (15:00) PENALTY - False Start (SEA 7-Wade Morrow)</t>
   </si>
   <si>
     <t>#7 Wade Morrow - QB</t>
   </si>
   <si>
     <t>#28 Curt Warner - RB</t>
   </si>
@@ -383,57 +383,57 @@
   <si>
     <t>#73 Darrell Holland - RT</t>
   </si>
   <si>
     <t>#91 George Busse - LDE</t>
   </si>
   <si>
     <t>#72 Donald Hartley - DT</t>
   </si>
   <si>
     <t>#93 Chase Shealy - DT</t>
   </si>
   <si>
     <t>#90 Carlos Nunnery - RDE</t>
   </si>
   <si>
     <t>#56 Patrick Edwards - WLB</t>
   </si>
   <si>
     <t>#50 Jeff Moore - MLB</t>
   </si>
   <si>
     <t>#57 John Helms - WLB</t>
   </si>
   <si>
-    <t>#17 Leo Coulter - SS</t>
+    <t>#30 Leo Coulter - SS</t>
   </si>
   <si>
     <t>#20 William Brown - CB</t>
   </si>
   <si>
-    <t>#49 John Horn - SS</t>
+    <t>#33 John Horn - SS</t>
   </si>
   <si>
     <t>#32 Richard Kea - CB</t>
   </si>
   <si>
     <t>SEA 20</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-15-SEA 20 (15:00) 7-Wade Morrow pass complete to 28-Curt Warner to SEA 21 for 1 yards. Tackle by 49-John Horn. LAC 57-John Helms was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>SEA 21</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
@@ -800,51 +800,51 @@
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-1-SEA 0 (3:52) 9-Darrell Dicarlo pass complete to 22-Michael Steed for 0 yards. TOUCHDOWN! 22-Michael Steed breaks down the CB. SEA 0 LAC 6</t>
   </si>
   <si>
     <t>3:47</t>
   </si>
   <si>
     <t>SEA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(3:48) Extra point GOOD by 3-Walter Nosal. SEA 0 LAC 7</t>
   </si>
   <si>
     <t>#7 Herbert Fite - QB</t>
   </si>
   <si>
-    <t>#63 Frank Cruz - LG</t>
+    <t>#78 Frank Cruz - LG</t>
   </si>
   <si>
     <t>#96 William Robinson - RDE</t>
   </si>
   <si>
     <t>#92 David Hines - LDE</t>
   </si>
   <si>
     <t>#94 Jarred Reed - DT</t>
   </si>
   <si>
     <t>(3:48) 3-Walter Nosal kicks 72 yards from LAC 35 to SEA -7. Touchback.</t>
   </si>
   <si>
     <t>#81 Andrew Devore - WR</t>
   </si>
   <si>
     <t>#32 Elmer Johnson - RB</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Short</t>
   </si>
   <si>
     <t>1-10-SEA 25 (3:48) 7-Wade Morrow pass incomplete, dropped by 14-Dewayne Metcalf.</t>
   </si>